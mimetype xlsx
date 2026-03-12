--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -54,625 +54,625 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>91277</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de Contas </t>
   </si>
   <si>
     <t>Tribunal de contas</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL EXERCÍCIO DE 2013 </t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Cleuber Michirra</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO EX-PREFEITO DE ARINOS, REFERENTES AO EXERCÍCIO DE 2012, NOS TERMOS DO PARECER PRÉVIO DO TRIBUNAL DE CONTAS DO ESTADO DE MINAS GERAIS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Roberto Sales</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.pdf</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 5° DA LEI 1.438 DE 30 DE DEZEMBRO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO E REGULAMENTAÇÃO DO CENTRO DE ATENÇÃO PSICOSSOCIAL - CAPS I DE ARINOS-MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Vi Santana</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N.829, DE 29 DE JUNHO DE 2000, QUE "ESTABELECE O REGULAMENTO DOS PERMISSIONÁRIOS DO TRANSPORTE INDIVIDUAL DE PASSAGEIROS DO MUNICÍPIO DE ARINOS-MG".</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR EM FAVOR DA CÂMARA MUNICIPAL DE ARINOS. </t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO SUPLEMENTAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/</t>
+    <t>http://sapl.arinos.mg.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">REVISA A REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DOS SUBSÍDIOS DOS VEREADORES, DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE DIREITO REAL DE USO DOS IMÓVEIS QUE ESPECIFICA EM FAVOR DA IGREJA DE DEUS NO BRASIL.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/172/172_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/172/172_texto_integral.pdf</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/173/173_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/173/173_texto_integral.pdf</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/174/174_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/174/174_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA, COM O OBJETIVO DE PROMOVER A REGULARIZAÇÃO FUNDIÁRIA, A ALIENAÇÃO DE BENS IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, NA MODALIDADE LEGITIMAÇÃO DE POSSE GRATUITA OU REMUNERADA DE INTERESSE SOCIAL OU DE INTERESSE ESPECÍFICO E LEILÃO; ALTERA A LEI N°910, DE 25 DE OUTUBRO DE 2001, QUE "REGULAMENTA AS MODALIDADES DE ALIENAÇÃO E CONCESSÃO DE BENS IMÓVEIS MUNICIPAIS...", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/175/175_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/175/175_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES PARA A ADESÃO DO MUNICÍPIO DE ARINOS MINAS GERAIS AO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA REDE DE URGÊNCIA E EMERGÊNCIA DA REGIÃO DE SAÚDE AMPLIADA NOROESTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/176/176_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/176/176_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/177/177_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/177/177_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL - ADMINISTRAÇÃO DIRETA E INDIRETA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ADERIR AO PROGRAMA MAIS MÉDICOS, A CONCESSÃO DE AUXÍLIO MORADIA E ALIMENTAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/179/179_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/179/179_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE ARINOS, A POLÍTICA MUNICIPAL DE PRÁTICAS INTEGRATIVAS E COMPLEMENTARES NO SISTEMA ÚNICO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/181/181_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/181/181_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGO NO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/184/184_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/184/184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REESTRUTURA E DÁ NOVA DENOMINAÇÃO AO CONSELHO MUNICIPAL DE POLÍTICAS SOBRE DROGAS, FICA ALTERADA A LEI MUNICIPAL N°1344, DE 14 DE SETEMBRO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/185/185_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/185/185_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A DISPOR SOBRE O PISO SALARIAL DOS PROFISSIONAIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/187/187_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/187/187_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA OS REQUISITOS MÍNIMOS PARA O CARGO DE FISCAL SANITÁRIO, CONCEDE REVISÃO DA REMUNERAÇÃO DO FISCAL SANITÁRIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/189/189_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/189/189_texto_integral.pdf</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/190/190_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/190/190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONCESSÃO DE CONTRIBUIÇÕES E SUBVENÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/191/191_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/191/191_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A ALTERAÇÃO DO PLANO PLURIANUAL DE AÇÕES PARA O QUADRIÊNIO 2014/2017 E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/192/192_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/192/192_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARINOS PARA O EXERCÍCIO FINANCEIRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE NORMAS PARA CONCESSÃO DE SUBVENÇÕES SOCIAIS PELO MUNICÍPIO DE ARINOS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.pdf</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Fábio Valadares</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/186/186_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/186/186_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">EXTINGUE O VOTO SECRETO NAS DELIBERAÇÕES DA CÂMARA MUNICIPAL, DANDO NOVA REDAÇÃO AO §1º DO ART. 23, AO §2º DO ART. 51 E AO §5º DO ART. 64 DA LEI ORGÂNICA MUNICIPAL._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O TÉRMINO DAS OBRAS DO ESTÁDIO NEGO SI.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Junior Valadares</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE DOCUMENTOS E PRESTAÇÃO DE CONTAS REFERENTE ÀS TAXAS PAGAS PELOS BARRAQUEIROS NA FESTA DE ROMARIA.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DA RELAÇÃO NOMINAL COM VALORES DAS DÍVIDAS DEIXADAS PELA ADMINISTRAÇÃO 2009-2012.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE O TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DOS EMPENHOS E RELAÇÃO DAS DESPESAS PAGAS DE JANEIRO A SETEMBRO DE 2013, DIVIDIDO POR SECRETARIAS.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/164/164_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/164/164_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DE DOCUMENTOS E PRESTAÇÃO DE CONTAS REFERENTE ÀS TAXAS PAGAS PELOS BARRAQUEIROS DURANTE A EXPOSIÇÃO EM 2013.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/165/165_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/165/165_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO PROCESSO LICITATÓRIO PARA AQUISIÇÃO DE MATERIAL DIDÁTICO USADO NA EDUCAÇÃO INFANTIL REFERENTE A 2013 E CÓPIA DOS EMPENHOS DE DIÁRIAS DA SECRETARIA DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/166/166_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/166/166_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER RELAÇÃO DOS ENFERMEIROS CONTRATADOS E EFETIVOS, BEM COMO CÓPIA DO PROCESSO LICITATÓRIO E CONTRATOS FEITOS COM OS ENFERMEIROS LICITATÓRIOS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/167/167_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/167/167_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DOCUMENTOS E INFORMAÇÕES SOBRE O ASFALTO CONSTRUÍDO NO PARQUE DE EXPOSIÇÃO. _x000D_
 </t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/168/168_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/168/168_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER DOCUMENTOS DE DESPESAS REFERENTE ÀS DESPESAS INSCRITOS EM RESTO A PAGAR E QUE FORAM CANCELADAS POR MEIO DO DECRETO 1624 DE 20 DEZEMBRO DE 2013. </t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Júnior Valadares</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES DA SECRETARIA DE AGROPECUÁRIA SOBRE A PRESTAÇÃO DE SERVIÇOS COM HORAS DE TRATOR. </t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO SOBRE DIRETORIA E COORDENAÇÃO ESCOLAR.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES DO PREFEITO MUNICIPAL SOBRE VALOR DO ISSQN RECEBIDO DA EMPRESA CONTEK ENGENHARIA REFERENTE AO ASFALTO ARINOS/CHAPADA GAÚCHA.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A MÁQUINA PÁ CARREGADEIRA CASE.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/193/193_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/193/193_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE OS EMPENHOS 3026 E 3169/2014. </t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/194/194_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/194/194_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES REFERENTE À LINHA DO TRANSPORTE ESCOLAR.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/195/195_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/195/195_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CÓPIA DO PROCESSO LICITATÓRIO N° 085/2013.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/196/196_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/196/196_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE NOMEAÇÃO DO SENHOR KLEBER MARCIO SILVA VALADARES PARA DESEMPENHAR A FUNÇÃO DE COORDENADOR DE VIGILÂNCIA SANITÁRIA DO MUNICÍPIO. </t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/197/197_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/197/197_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER CRIAÇÃO DE COMISSÃO ESPECIAL PARA APURAÇÃO DE CRIME AMBIENTAL PRATICADO NA RESERVA LEGAL DO ASSENTAMENTO CHICO MENDES.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DO SECRETÁRIO MUNICIPAL DE AGROPECUÁRIA E MEIO AMBIENTE INFORMAÇÕES REFERENTES À VENDA DE MATERIAIS RECICLÁVEIS NO EXERCÍCIO DE 2013 E 2014.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER CÓPIA DOS EXTRATOS BANCÁRIOS MENSAIS DOS EXERCÍCIOS DE 2013 E 2014 DE CONTAS DO MUNICÍPIO DE ARINOS REFERENTE A CONVÊNIOS ASSINADOS. </t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER INFORMAÇÕES SOBRE A PÁ CARREGADEIRA CASE W20B DE PROPRIEDADE DO MUNICÍPIO. </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -979,68 +979,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/201/201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/204/204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/148/148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/150/150_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/151/151_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/152/152_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/153/153_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/157/157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/158/158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/172/172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/173/173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/174/174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/175/175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/176/176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/177/177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/178/178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/179/179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/181/181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/184/184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/185/185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/187/187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/189/189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/190/190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/191/191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/192/192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/200/200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/203/203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/186/186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/161/161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/162/162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/163/163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/164/164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/165/165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/166/166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/167/167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/168/168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/188/188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/193/193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/194/194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/195/195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/196/196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/197/197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/198/198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/199/199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/./sapl/public/materialegislativa/2014/202/202_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>