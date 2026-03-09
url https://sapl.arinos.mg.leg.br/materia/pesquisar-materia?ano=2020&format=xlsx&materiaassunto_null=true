--- v0 (2026-01-23)
+++ v1 (2026-03-09)
@@ -54,513 +54,513 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>DS</t>
   </si>
   <si>
     <t>DESPACHO</t>
   </si>
   <si>
     <t>VALDO TORA</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/428/despacho_1.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/428/despacho_1.pdf</t>
   </si>
   <si>
     <t>Requer providências referente ao Requerimento de professores municipais.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/429/despacho_2.pdf.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/429/despacho_2.pdf.pdf</t>
   </si>
   <si>
     <t>Requer fiscalização dos recursos financeiros repassados ao município pelo Governo Federal, para o enfrentamento à Covid-19.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de Contas </t>
   </si>
   <si>
     <t>Tribunal de contas</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/426/prestacao_2018.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/426/prestacao_2018.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL EXERCÍCIO DE 2018.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Cleuber Michirra</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/425/projeto_de_decreto_legislativo_2020.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/425/projeto_de_decreto_legislativo_2020.pdf</t>
   </si>
   <si>
     <t>Aprova as contas do Prefeito de Arinos, referentes ao exercício de 2018, nos termos do parecer prévio do Tribunal de Contas do Estado de Minas Gerais.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Carlos Alberto Recch Filho</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/</t>
+    <t>http://sapl.arinos.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre abertura de Crédito Especial e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/392/projeto_de_lei_02.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/392/projeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1.557, de 17 de junho de 2019, que “dispõe sobre a instituição do Piso Salarial para os Profissionais do Magistério do Município de Arinos/MG de acordo com a Lei Federal n° 11.738, de 16 de julho de 2008, e dá outras providências”.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/393/projeto_de_lei__03.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/393/projeto_de_lei__03.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.104, de 30 de dezembro de 2005, que “Institui o Plano de Cargos, Carreira e Vencimento do quadro do Magistério do Município de Arinos/MG e dá outras providências”</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/394/projeto_de_lei_04.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/394/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>Concede revisão geral anual dos vencimentos dos servidores públicos do Poder Executivo Municipal - Administração Direta e Indireta e dá outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/395/projeto_de_lei__05.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/395/projeto_de_lei__05.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/396/projeto_de_lei_06.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/396/projeto_de_lei_06.pdf</t>
   </si>
   <si>
     <t>REVISA O SUBSÍDIO DOS AGENTES  POLÍTICOS DO MUNICÍPIO DE ARINOS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/397/projeto_de_lei__07.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/397/projeto_de_lei__07.pdf</t>
   </si>
   <si>
     <t>Revisa a remuneração dos servidores públicos do Poder Legislativo e dá outras providências</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Fixa o subsídio do Prefeito, do Vice-Prefeito e dos Secretários Municipais de Arinos para o período de 2021 a 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/399/projeto_de_lei__09.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/399/projeto_de_lei__09.pdf</t>
   </si>
   <si>
     <t>Fixa o subsídio dos Vereadores da Câmara Municipal de Arinos para a 15ª Legislatura, compreendendo o período de 2021 a 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/408/projeto_de_lei_10.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/408/projeto_de_lei_10.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/400/projeto_de_lei__11.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/400/projeto_de_lei__11.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.565, de 2 de julho de 2019, que “cria o Conselho Municipal dos Direitos da Pessoa com Deficiência e institui a Conferência Municipal dos Direitos da Pessoa com Deficiência.”</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/401/projeto_de_lei__12.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/401/projeto_de_lei__12.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação de equipamento eliminador de ar na tubulação de abastecimento de água no Município de Arinos.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/402/projeto_de_lei__13.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/402/projeto_de_lei__13.pdf</t>
   </si>
   <si>
     <t>Altera o inciso XII do art. 6º da Lei nº 1.579, de 18 de novembro de 2019, que “institui o Código de Homenagens do Município de Arinos e dá outras providências”.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Alberto Muniz</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/403/projeto_de_lei_14.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/403/projeto_de_lei_14.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação de Pequenos Produtores Rurais dos Mangues Setor III.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/404/projeto_de_lei_15.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/404/projeto_de_lei_15.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação Comunitária do Assentamento Santo Antônio dos Gerais.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/405/projeto_de_lei_16.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/405/projeto_de_lei_16.pdf</t>
   </si>
   <si>
     <t>ALTERA O §1° DO ARTIGO 95 DA LEI COMPLEMENTAR N° 04, DE 1° DE SETEMBRO DE 1998, QUE CONTÉM O "ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ARINOS - MG".</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/406/projeto_de_lei_17.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/406/projeto_de_lei_17.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o seguro de vida e o seguro contra acidentes pessoais para os Profissionais de Saúde que especifica, da Fundação Municipal de Saúde de Arinos.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/407/projeto_de_lei_18.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/407/projeto_de_lei_18.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de as agências bancárias instalarem forte anteparo metálico nos locais de entrada e saída de pessoas, dispositivo de segurança com inundação fumígena e alarme sonoro com sensor de presença no local onde se encontra fixado o respectivo caixa eletrônico e dá outras providências.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/416/projeto_de_lei_19.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/416/projeto_de_lei_19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR OBRAS DE REFORMAS DE PARTE DA SEDE DO DEER/MG, QUE SERÁ DESTINADO AO FUNCIONAMENTO DO PELOTÃO DA POLÍCIA MILITAR OSTENSIVA, O AGRUPAMENTO DA POLÍCIA MILITAR RODOVIÁRIA E O AGRUPAMENTO DA POLÍCIA MILITAR DO MEIO AMBIENTE.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/410/projeto_de_lei__20.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/410/projeto_de_lei__20.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Mérito Cultural ao senhor Vitoriano Ferreira Neto.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/409/projeto_de_lei_21.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/409/projeto_de_lei_21.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Mérito Assistencial aos cidadãos que especifica e dá outra providência.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/411/projeto_de_lei__22.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/411/projeto_de_lei__22.pdf</t>
   </si>
   <si>
     <t>Concede Diploma de Mérito Policial aos senhores Ednaldo Rodrigues de Oliveira e Weberson Batista de Oliveira e dá outra providência.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>DONIZETE CALDEIRA</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/412/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/412/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação de Pequenos Produtores Rurais de Leite e Derivados da Agricultura Familiar Chico Mendes (APPROLDAF-Chico Mendes) .</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/413/projeto_de_lei_24.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/413/projeto_de_lei_24.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação Comunitária dos Pequenos Produtores Rurais da Fazenda Roça Campolina.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/414/projeto_de_lei__25.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/414/projeto_de_lei__25.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação de Pequenos Produtores Rurais do P.A. Paulo Freire (APPROPPAF).</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/415/projeto_de_lei__26.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/415/projeto_de_lei__26.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Associação dos Produtores Rurais das Chácaras Mangues e Adjacências (APRACHAMA)</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/417/projeto_de_lei_27.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/417/projeto_de_lei_27.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Arinos para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/418/projeto_de_lei_28.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/418/projeto_de_lei_28.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenções e dá outras providências.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/419/projeto_de_lei_29.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/419/projeto_de_lei_29.pdf</t>
   </si>
   <si>
     <t>Altera anexo da Lei n° 1521, de 28 de dezembro de 2017, que dispõe sobre o Plano Plurianual de Ações para o quadriênio 2018-2021 e dá outras providências.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/420/projeto_de_lei_30.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/420/projeto_de_lei_30.pdf</t>
   </si>
   <si>
     <t>Altera os anexos de metas e prioridades da lei de diretrizes orçamentárias aprovada para o ano de 2020 por meio da lei municipal n° 1564 de 02 de julho de 2019, altera anexos do plano plurianual - Lei municipal n° 1521, de 28 de dezembro de 2017, autoriza o executivo municipal a abrir crédito especial no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/421/projeto_de_lei_31.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/421/projeto_de_lei_31.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Econômico, a Política de Incentivos Fiscais e Econômicos destinada ao Desenvolvimento do Setor Industrial, Comercial, de Prestação de Serviços e Agropecuário - PROARINOS e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/422/projeto_de_lei_32.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/422/projeto_de_lei_32.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a expansão do perímetro urbano da sede do Município de Arinos e dá outras providências.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/423/projeto_de_lei_33.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/423/projeto_de_lei_33.pdf</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/424/projeto_de_lei_34.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/424/projeto_de_lei_34.pdf</t>
   </si>
   <si>
     <t>Autoriza a transferência de recursos para pessoas físicas em incentivo a cultura, com os recursos oriundos da Lei Federal 14.017 de 29 de junho de 2020 (Lei Aldir Blanc) e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -867,68 +867,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/428/despacho_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/429/despacho_2.pdf.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/426/prestacao_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/425/projeto_de_decreto_legislativo_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/392/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/393/projeto_de_lei__03.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/394/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/395/projeto_de_lei__05.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/396/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/397/projeto_de_lei__07.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/399/projeto_de_lei__09.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/408/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/400/projeto_de_lei__11.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/401/projeto_de_lei__12.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/402/projeto_de_lei__13.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/403/projeto_de_lei_14.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/404/projeto_de_lei_15.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/405/projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/406/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/407/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/416/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/410/projeto_de_lei__20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/409/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/411/projeto_de_lei__22.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/412/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/413/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/414/projeto_de_lei__25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/415/projeto_de_lei__26.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/417/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/418/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/419/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/420/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/421/projeto_de_lei_31.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/422/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/423/projeto_de_lei_33.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/424/projeto_de_lei_34.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/428/despacho_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/429/despacho_2.pdf.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/426/prestacao_2018.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/425/projeto_de_decreto_legislativo_2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/392/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/393/projeto_de_lei__03.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/394/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/395/projeto_de_lei__05.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/396/projeto_de_lei_06.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/397/projeto_de_lei__07.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/399/projeto_de_lei__09.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/408/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/400/projeto_de_lei__11.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/401/projeto_de_lei__12.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/402/projeto_de_lei__13.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/403/projeto_de_lei_14.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/404/projeto_de_lei_15.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/405/projeto_de_lei_16.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/406/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/407/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/416/projeto_de_lei_19.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/410/projeto_de_lei__20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/409/projeto_de_lei_21.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/411/projeto_de_lei__22.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/412/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/413/projeto_de_lei_24.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/414/projeto_de_lei__25.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/415/projeto_de_lei__26.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/417/projeto_de_lei_27.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/418/projeto_de_lei_28.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/419/projeto_de_lei_29.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/420/projeto_de_lei_30.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/421/projeto_de_lei_31.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/422/projeto_de_lei_32.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/423/projeto_de_lei_33.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2020/424/projeto_de_lei_34.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="24" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>