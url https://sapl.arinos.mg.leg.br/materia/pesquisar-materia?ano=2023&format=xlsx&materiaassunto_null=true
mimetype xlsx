--- v0 (2026-01-23)
+++ v1 (2026-03-10)
@@ -54,1032 +54,1032 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>Marcílio Alisson Fonseca de Almeida</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/553/veto.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/553/veto.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI N° 34/2023.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t xml:space="preserve">Prestação de Contas </t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/623/prestacao_de_contas_2019.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/623/prestacao_de_contas_2019.pdf</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS DO EXECUTIVO MUNICIPAL EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_dec_leg_01.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_dec_leg_01.pdf</t>
   </si>
   <si>
     <t>ALTERA OS §§4° E 5° DO ART. 2° DO DECRETO LEGISLATIVO N° 32, DE 28 DE DEZEMBRO DE 2017, QUE "DISPÕE SOBRE A CONCESÃO DE DIÁRIAS E A AQUISIÇÃO DE PASSAGENS PARA OS SERVIDORES DA CÂMARA MUNICIPAL DE ARINOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_de_lei_01.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Realizar Transferência Financeira para Reestruturação e Implantação de Energia Solar no Abrigo Frei Pio e dá Outras Providências.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/514/projeto_de_lei_02.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/514/projeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do piso salarial dos Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias, conforme Emenda Constitucional nº 120/2022, e dá outras providências.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/515/projeto_de_lei_03.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/515/projeto_de_lei_03.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1652/2022, que dispõe sobre o pagamento de débitos ou obrigações do Município de Arinos/MG, nos termos do art. 100, §§ 3º e 4º, da Constituição Federal, decorrentes de decisões judiciais, consideradas de pequeno valor (RPV).</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>GILMAR VENDEDOR</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/516/projeto_de_lei_04.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/516/projeto_de_lei_04.pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública a Loja Maçônica Acácia Arinense nº 2853.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Jean do Crispim Santana</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/517/projeto_de_lei_05.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/517/projeto_de_lei_05.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Cavalgada.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/518/plo_6_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/518/plo_6_2023.pdf</t>
   </si>
   <si>
     <t>REVISA O SUBSÍDIO DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE ARINOS.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/519/plo_7_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/519/plo_7_2023.pdf</t>
   </si>
   <si>
     <t>REVISA O SUBSÍDIO DOS VEREADORES DA CÂMARA MUNICIPAL DE ARINOS</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/520/plo_8_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/520/plo_8_2023.pdf</t>
   </si>
   <si>
     <t>REVISA A REMUNERAÇÃO DOS SERVIDORES DA CÂMARA MUNICIPAL DE ARINOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>DÃO SANTANA</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/522/plo_9_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/522/plo_9_2023.pdf</t>
   </si>
   <si>
     <t>GARANTE PRIORIDADE NO ATENDIMENTO AOS PORTADORES DE DIABETES TIPO 1 E 2 NO SERVIÇO DE COLETA DE MATERIAL BIOLÓGICO PARA A REALIZAÇÃO DE EXAMES QUE MENCIONA EM TODOS OS ESTABELECIMENTOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>VALDO TORA</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_10.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_10.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 3° DA LEI N° 725, DE 14 DE NOVEMBRO DE 1997, QUE "REGULAMENTA O RECONHECIMENTO DE UTILIDADE PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Cleuber Michirra</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/527/plo_11_23.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/527/plo_11_23.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA FOLIA DE REIS.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_12.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_12.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Caminhoneiro.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_13.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_13.pdf</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Barqueata.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/521/plo_15_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/521/plo_15_2023.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ALFA ASSOCIAÇÃO ESPORTIVA E PREVENÇÃO AO ÁLCOOL E OUTRAS DROGAS.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/</t>
+    <t>http://sapl.arinos.mg.leg.br/media/</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/529/plo_17_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/529/plo_17_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N° 04, DE 1º DE SETEMBRO DE 1998, QUE " DISPÕE SOBRE O ESTATUTO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE ARINOS - MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/528/plo_18_23.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/528/plo_18_23.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DOS VENCIMENTOS DOS SERVIDORES PÚBLICOS DO PODER EXECUTIVO MUNICIPAL - ADMINISTRAÇÃO DIRETA E INDIRETA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/530/plo_20_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/530/plo_20_2023.pdf</t>
   </si>
   <si>
     <t>OBRIGA O ATENDIMENTO PREFERENCIAL ÀS PESSOAS COM FIBROMIALGIA NOS LOCAIS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/531/plo_21.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/531/plo_21.pdf</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/539/plo_22_.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/539/plo_22_.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA POLÍTICA MUNICIPAL DE TURISMO DE ARINOS, CRIA O CONSELHO MUNICIPAL DE TURISMO, INSTITUI O FUNDO MUNICIPAL DE TURISMO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>NORALDINO DURÃES</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/544/plo_23_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/544/plo_23_2023.pdf</t>
   </si>
   <si>
     <t>PROÍBE A COLAGEM OU A AFIXAÇÃO DE QUALQUER MATERIAL DE PROPAGANDA OU PUBLICIDADE EM LOCAIS PÚBLICOS QUE MENCIONA.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/534/plo_24_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/534/plo_24_2023.pdf</t>
   </si>
   <si>
     <t>ASSEGURA À PESSOA IDOSA A VACINAÇÃO EM SEU DOMICÍLIO DURANTE AS CAMPANHAS DE IMUNIZAÇÃO, SEMPRE QUE HOUVER A IMPOSSIBILIDADE DE SEU DESLOCAMENTO ATÉ UM LOCAL DE VACINAÇÃO.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/532/plo_25_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/532/plo_25_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI O CONSELHO MUNICIPAL DE DESENVOLVIMENTO ECONÔMICO - COMDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/533/plo_26_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/533/plo_26_2023.pdf</t>
   </si>
   <si>
     <t>INSTITUI, NO ÂMBITO DO MUNICÍPIO DE ARINOS, A SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO DO AUTISMO, A SER COMEMORADA, ANUALMENTE, NA PRIMEIRA SEMANA DO MÊS DE ABRIL.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER GRATIFICAÇÃO DE PRODUTIVIDADE E DESEMPENHO AOS MÉDICOS QUE PRESTEM SERVIÇO NAS UNIDADES BÁSICAS DE SAÚDE, FIXANDO OS PERCENTUAIS RESPECTIVOS E REGULAMENTANDO OS CRITÉRIOS PARA PERCEPÇÃO.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/537/plo_28.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/537/plo_28.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIOS DOS VEREADORES DA CÂMARA MUNICIPAL DE ARINOS PARA A 16° LEGISLATURA, COMPREENDENDO O PERÍODO DE 2025 A 2028, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/536/plo_29.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/536/plo_29.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DO PREFEITO, DO VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS DE ARINOS PARA O PERÍODO DE 2025 A 2028 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/540/plo_30.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/540/plo_30.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE ARINOS A CELEBRAR CONTRATO DE PATROCÍNIO E APOIAR O SINDICATO DOS PRODUTORES RURAIS DE ARINOS NA REALIZAÇÃO DE EXPOSIÇÃO AGROPECUÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL - SUAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/535/plo_32_.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/535/plo_32_.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO SERTÃO VEREDAS DOS PRODUTORES RURAIS DA FAZENDA MENINO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/541/plo_33.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/541/plo_33.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A AMPLIAR O NÚMERO DE VAGAS PARA O CARGO DE CIRURGIÃO DENTISTA E CRIAR O CARGO DE TÉCNICO EM SAÚDE BUCAL, MEDIANTE A UTILIZAÇÃO DE RECURSOS PROVENIENTES DE TRANSFERÊNCIAS DE INCENTIVOS DE CUSTEIO FEDERAL, NOS TERMOS ESTABELECIDOS PELA PORTARIA GM/MS N° 425/2023.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/542/plo_34.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/542/plo_34.pdf</t>
   </si>
   <si>
     <t>ALTERA A DENOMINAÇÃO DA AVENIDA QUE MENCIONA PARA AVENIDA DO BARU.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Bertim Vargas</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE PEQUENOS PRODUTORES RURAIS DA COMUNIDADE LARGA VELHA.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/549/plo_37_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/549/plo_37_2023.pdf</t>
   </si>
   <si>
     <t>RECONHECE DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DOS PEQUENOS PRODUTORES RURAIS DO VALE DAS PANELAS - APPROVAP.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/550/plo_38_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/550/plo_38_2023.pdf</t>
   </si>
   <si>
     <t>CRIA PLANO DE ESTÍMULOS E INCENTIVOS AOS EMPREENDEDORES HABITACIONAIS POPULARES NO ÂMBITO DO PROGRAMA "MINHA CASA, MINHA VIDA" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/551/plo_39_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/551/plo_39_2023.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A INSTITUIÇÃO CASA DE APOIO DANIELLE, LOCALIZADA EM UBERABA-MG, VISANDO REPASSE DE CONTRIBUIÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/552/plo_40_2023000.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/552/plo_40_2023000.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL PARA REALIZAÇÃO DAS DESPESAS DE RECURSOS DA LEI COMPLEMENTAR N° 195, DE 8 DE JULHO DE 222, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/554/plo_41.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/554/plo_41.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL N° 14.434, DE 4 DE AGOSTO DE 2022 QUE ISTITUIU O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/617/plo_42_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/617/plo_42_2023.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI N° 1637, DE 20 DE DEZEMBRO DE 2021, QUE DISPÕE SOBRE O PLANO PLURIANUAL DE AÇÕES PARA O QUADRIÊNIO 2022-2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/618/plo_43_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/618/plo_43_2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ARINOS PARA O EXERCÍCIO FINANCEIRO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/561/plo_44.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/561/plo_44.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÕES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/555/plo_45.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/555/plo_45.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ABERTURA DE CRÉDITO ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/556/plo_46.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/556/plo_46.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE ADIANTAMENTO PARA REALIZAÇÃO DE DESPESAS DE PEQUENO VULTO E DE PRONTO PAGAMENTO NO ÂMBITO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/562/plo_48.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/562/plo_48.pdf</t>
   </si>
   <si>
     <t>ALTERA OS $$1° E 2° DO ART. 3° DA LEI N° 1.517, DE 28 DE DEZEMBRO DE 2017, QUE "FIXA OS CRITÉRIOS DE INDENIZAÇÃO DE DESPESAS DE VIAGEM DOS MEMBROS DA MESA DIRETORA DA CÂMARA MUNICIPAL E DOS VEREDORES".</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/559/plo_49.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/559/plo_49.pdf</t>
   </si>
   <si>
     <t>RECONHECE COMO VIA PÚBLICA A ÁREA QUE ESPECIFICA E DÁ DENOMINAÇÃO A ELA.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/558/plo_50.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/558/plo_50.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/557/plo_51.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/557/plo_51.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N° 1649, DE 17 DE MAIO DE 2022,  QUE CRIA O PROGRAMA SOCIAL BOLSA APRENDIZAGEM PROFISSIONAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/612/plo_52001.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/612/plo_52001.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR GUSTAVO OBATA TREVISAN.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/611/plo_53002.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/611/plo_53002.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR JARBAS SOARES JÚNIOR.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/570/plo_54_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/570/plo_54_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE MÉRITO ASSISTENCIAL AO ROTARY CLUB DE ARINOS.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/571/plo_55_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/571/plo_55_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE À SENHORA MARIA DOMINGAS SOARES DE OLIVEIRA.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/572/plo_56_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/572/plo_56_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO POLICIAL AO SENHOR CLAUDENIR ALVES DE SOUZA.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/573/plo_57_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/573/plo_57_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO PROFISSIONAL AO SENHOR JOÃO BARBOSA DE BRITO.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/574/plo_58_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/574/plo_58_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO PROFISSIONAL AO SENHOR ELPÍDIO MENDES FERREIRA.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/575/plo_59_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/575/plo_59_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO POLICIAL AO SENHOR EDERALDO ARLEI DE OLIVEIRA.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/576/plo_60_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/576/plo_60_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR JOSÉ JULIANO ESPÍNDULA.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/577/plo__61_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/577/plo__61_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MÉRITO ASSISTENCIAL AO SENHOR JÚLIO CÉSAR SANTOS GONÇALVES.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/578/plo__62_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/578/plo__62_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR RUTÍLIO EUGÊNIO CAVALCANTI FILHO.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/579/plo__63_2023000.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/579/plo__63_2023000.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE À SENHORA MARIA CLARA MATOS MARRA.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/580/plo__64_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/580/plo__64_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE À SENHORA GREYCE DE QUEIROZ ELIAS.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/581/plo_65_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/581/plo_65_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR VANDERSON FERREIRA NEVES.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/582/plo__66_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/582/plo__66_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MÉRITO ASSISTENCIAL À SENHORA MARIA DE FÁTIMA GONTIJO CARVALHO.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/583/plo_67_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/583/plo_67_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO EDUCACIONAL AO SENHOR WILLEGAIGNON GONÇALVES DE RESENDE.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/584/plo_68_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/584/plo_68_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO POLICIAL AO SENHOR MÁRCIO JOSÉ SOARES.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/585/plo_69_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/585/plo_69_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE MÉRITO POLICIAL AO SENHOR ÉRIQUE NOGUEIRA FARIA.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>DONIZETE CALDEIRA</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/586/plo_70_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/586/plo_70_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR IGOR TARCIANO TIMO.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/587/plo_71_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/587/plo_71_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR JULIANO MACHADO AMARAL MELO.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/588/plo_72_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/588/plo_72_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR JOAQUIM DE OLIVEIRA SÁ.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/589/plo_73_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/589/plo_73_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MÉRITO AMBIENTAL AO SENHOR GILMAR RIBEIRO.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/590/plo_74_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/590/plo_74_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE MÉRITO ASSISTENCIAL À SENHORA VERA LUCIA RODRIGUES DE SOUZA SANTANA.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/591/plo_75_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/591/plo_75_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE À SENHORA MARIA BARBOSA CARDOSO.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/592/plo_76_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/592/plo_76_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR WANDIR MONTEIRO SILVEIRA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/593/plo_77_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/593/plo_77_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR AUGUSTO NARDES.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/594/plo_78_2023.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/594/plo_78_2023.pdf</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADANIA HONORÁRIA ARINENSE AO SENHOR JOSÉ REIS NOGUEIRA DE BARROS.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REGULAMENTO GERAL DOS SERVIÇOS ADMINISTRATIVOS DA CÂMARA MUNICIPAL DE ARINOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/538/proposta_emend_01.pdf</t>
+    <t>http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/538/proposta_emend_01.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 52 DA LEI ORGÂNICA DO MUNICÍPIO DE ARINOS, PARA DETERMINAR QUE O SUBSÍDIO DO VEREADOR INVESTIDO EM CARGO DE SECRETÁRIO MUNICIPAL OU EQUIVALENTE SEJA PAGO PELO PODER EXECUTIVO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1386,68 +1386,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/553/veto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/623/prestacao_de_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_dec_leg_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/514/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/515/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/516/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/517/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/518/plo_6_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/519/plo_7_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/520/plo_8_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/522/plo_9_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/527/plo_11_23.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/521/plo_15_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/529/plo_17_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/528/plo_18_23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/530/plo_20_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/531/plo_21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/539/plo_22_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/544/plo_23_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/534/plo_24_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/532/plo_25_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/533/plo_26_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/537/plo_28.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/536/plo_29.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/540/plo_30.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/535/plo_32_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/541/plo_33.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/542/plo_34.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/549/plo_37_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/550/plo_38_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/551/plo_39_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/552/plo_40_2023000.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/554/plo_41.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/617/plo_42_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/618/plo_43_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/561/plo_44.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/555/plo_45.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/556/plo_46.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/562/plo_48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/559/plo_49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/558/plo_50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/557/plo_51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/612/plo_52001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/611/plo_53002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/570/plo_54_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/571/plo_55_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/572/plo_56_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/573/plo_57_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/574/plo_58_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/575/plo_59_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/576/plo_60_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/577/plo__61_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/578/plo__62_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/579/plo__63_2023000.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/580/plo__64_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/581/plo_65_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/582/plo__66_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/583/plo_67_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/584/plo_68_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/585/plo_69_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/586/plo_70_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/587/plo_71_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/588/plo_72_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/589/plo_73_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/590/plo_74_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/591/plo_75_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/592/plo_76_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/593/plo_77_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/594/plo_78_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/538/proposta_emend_01.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/553/veto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/623/prestacao_de_contas_2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/567/projeto_dec_leg_01.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/513/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/514/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/515/projeto_de_lei_03.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/516/projeto_de_lei_04.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/517/projeto_de_lei_05.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/518/plo_6_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/519/plo_7_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/520/plo_8_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/522/plo_9_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/526/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/527/plo_11_23.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/524/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/523/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/521/plo_15_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/529/plo_17_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/528/plo_18_23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/530/plo_20_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/531/plo_21.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/539/plo_22_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/544/plo_23_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/534/plo_24_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/532/plo_25_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/533/plo_26_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/537/plo_28.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/536/plo_29.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/540/plo_30.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/535/plo_32_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/541/plo_33.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/542/plo_34.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/549/plo_37_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/550/plo_38_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/551/plo_39_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/552/plo_40_2023000.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/554/plo_41.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/617/plo_42_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/618/plo_43_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/561/plo_44.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/555/plo_45.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/556/plo_46.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/562/plo_48.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/559/plo_49.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/558/plo_50.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/557/plo_51.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/612/plo_52001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/611/plo_53002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/570/plo_54_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/571/plo_55_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/572/plo_56_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/573/plo_57_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/574/plo_58_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/575/plo_59_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/576/plo_60_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/577/plo__61_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/578/plo__62_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/579/plo__63_2023000.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/580/plo__64_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/581/plo_65_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/582/plo__66_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/583/plo_67_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/584/plo_68_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/585/plo_69_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/586/plo_70_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/587/plo_71_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/588/plo_72_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/589/plo_73_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/590/plo_74_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/591/plo_75_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/592/plo_76_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/593/plo_77_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/594/plo_78_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.arinos.mg.leg.br/media/sapl/public/materialegislativa/2023/538/proposta_emend_01.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H82"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="33.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>